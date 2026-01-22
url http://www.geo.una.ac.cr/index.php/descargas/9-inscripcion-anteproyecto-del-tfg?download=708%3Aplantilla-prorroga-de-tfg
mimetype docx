--- v0 (2025-10-14)
+++ v1 (2026-01-22)
@@ -1,753 +1,517 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3ECF7CD6" w14:textId="5179B29E" w:rsidR="00B16920" w:rsidRPr="00B16920" w:rsidRDefault="00B16920" w:rsidP="0024390C">
+    <w:p w14:paraId="5553CD00" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="0024390C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="02BA9E91" w14:textId="77777777" w:rsidR="00B16920" w:rsidRPr="00B16920" w:rsidRDefault="00B16920" w:rsidP="0024390C">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A017373" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="0024390C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="289D0710" w14:textId="4459A9AF" w:rsidR="00C6348D" w:rsidRPr="00B16920" w:rsidRDefault="0024390C" w:rsidP="0024390C">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="413E247E" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="0024390C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02BA9E91" w14:textId="14B6BB5A" w:rsidR="00B16920" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="0024390C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B16920">
-[...4 lines deleted...]
-        <w:t>M.Sc</w:t>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B16920">
-[...4 lines deleted...]
-        <w:t>. Bepsy Cedeño Montoya</w:t>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="74656EA7" w14:textId="6EA91D61" w:rsidR="0024390C" w:rsidRPr="00B16920" w:rsidRDefault="0024390C" w:rsidP="0024390C">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>xxxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de 202x</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="092B98C9" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="0024390C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B019B2E" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="0024390C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06548D1D" w14:textId="77777777" w:rsidR="00F64A14" w:rsidRPr="00F3714B" w:rsidRDefault="00F64A14" w:rsidP="00F64A14">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+        <w:t>Nombre completo de la persona que ocupa el puesto de subdirección</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74B644DC" w14:textId="77777777" w:rsidR="00F64A14" w:rsidRPr="00F3714B" w:rsidRDefault="00F64A14" w:rsidP="00F64A14">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Coordinadora </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6746F198" w14:textId="7610F1FD" w:rsidR="0024390C" w:rsidRPr="00B16920" w:rsidRDefault="0024390C" w:rsidP="0024390C">
+    <w:p w14:paraId="0F7C9606" w14:textId="77777777" w:rsidR="00F64A14" w:rsidRPr="00F3714B" w:rsidRDefault="00F64A14" w:rsidP="00F64A14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t>Comisión de Trabajos Finales de Graduación</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34DEC022" w14:textId="77777777" w:rsidR="0024390C" w:rsidRPr="00B16920" w:rsidRDefault="0024390C" w:rsidP="0024390C">
+    <w:p w14:paraId="34DEC022" w14:textId="77777777" w:rsidR="0024390C" w:rsidRPr="00F3714B" w:rsidRDefault="0024390C" w:rsidP="0024390C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="528883B2" w14:textId="1A253C9F" w:rsidR="0024390C" w:rsidRPr="00B16920" w:rsidRDefault="0024390C" w:rsidP="0024390C">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="528883B2" w14:textId="1A253C9F" w:rsidR="0024390C" w:rsidRPr="00F3714B" w:rsidRDefault="0024390C" w:rsidP="0024390C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:val="es-MX"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimada señora: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CDC1677" w14:textId="77777777" w:rsidR="00B16920" w:rsidRPr="00B16920" w:rsidRDefault="00B16920" w:rsidP="0024390C">
+    <w:p w14:paraId="58B4A78D" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="00EB2434">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="es-MX"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="258CBB6B" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="00EB2434">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...129 lines deleted...]
-        <w:t xml:space="preserve">, dificultades laborales, </w:t>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Yo (Nosotros), [Nombre completo], cédula [número de cédula], sustentante(s) del Trabajo Final de Graduación titulado “[nombre del TFG]”, bajo la modalidad “[modalidad]”, con una vigencia establecida desde [fecha de inicio] hasta [fecha de finalización]; comunico (comunicamos) que, debido a [aquí se debe incluir la justificación específica: por ejemplo, dificultades en la recolección de datos, problemas de salud, dificultades laborales, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00B16920" w:rsidRPr="00B16920">
-[...4 lines deleted...]
-        <w:t>]</w:t>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>], no ha sido posible concluir el Trabajo Final de Investigación en el tiempo previsto.</w:t>
       </w:r>
-      <w:r w:rsidR="00B16920" w:rsidRPr="00B16920">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">, no ha sido posible concluir </w:t>
+    </w:p>
+    <w:p w14:paraId="22FEC0A1" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="00EB2434">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3ECE43B4" w14:textId="1602E21B" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="00EB2434">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>En virtud de lo anterior, y conforme a lo establecido en el Reglamento General de Enseñanza y Aprendizaje de la Universidad Nacional y en la Instrucción para la ejecución de Trabajos Finales de Graduación en el plan de estudios del Bachillerato y Licenciatura en Ciencias Geográficas con énfasis en Ordenamiento del Territorio UNA-ECG-DISC-001-2025, solicito(solicitamos) respetuosamente se analice esta solicitud de prórroga.</w:t>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w14:paraId="7548444F" w14:textId="77777777" w:rsidR="00F64A14" w:rsidRPr="00F3714B" w:rsidRDefault="00F64A14" w:rsidP="00EB2434">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A0815ED" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="00EB2434">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...138 lines deleted...]
-          <w:lang w:val="es-MX"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">Atentamente, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5274B0B3" w14:textId="77777777" w:rsidR="0024390C" w:rsidRPr="00B16920" w:rsidRDefault="0024390C" w:rsidP="0024390C">
+    <w:p w14:paraId="7217CC3B" w14:textId="77777777" w:rsidR="00F64A14" w:rsidRPr="00F3714B" w:rsidRDefault="00F64A14" w:rsidP="00EB2434">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="733DEE26" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="00EB2434">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29E62BD4" w14:textId="77777777" w:rsidR="00EB2434" w:rsidRPr="00F3714B" w:rsidRDefault="00EB2434" w:rsidP="00EB2434">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3714B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:kern w:val="0"/>
+          <w:lang w:eastAsia="zh-CN" w:bidi="hi-IN"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+        <w:t>Nombre y firma de estudiante(s)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F859733" w14:textId="0EE04738" w:rsidR="0024390C" w:rsidRPr="00F3714B" w:rsidRDefault="0024390C" w:rsidP="0024390C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...173 lines deleted...]
-    <w:sectPr w:rsidR="0024390C" w:rsidRPr="00B16920">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="0024390C" w:rsidRPr="00F3714B">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
-    <w:altName w:val="Aptos"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C6348D"/>
+    <w:rsid w:val="000F4C72"/>
     <w:rsid w:val="0024390C"/>
     <w:rsid w:val="003F480D"/>
+    <w:rsid w:val="004D63D5"/>
     <w:rsid w:val="00530873"/>
+    <w:rsid w:val="0062127B"/>
     <w:rsid w:val="006238DB"/>
+    <w:rsid w:val="007D0FB7"/>
+    <w:rsid w:val="009C16B9"/>
     <w:rsid w:val="00AE22EB"/>
     <w:rsid w:val="00B16920"/>
     <w:rsid w:val="00C6348D"/>
     <w:rsid w:val="00C97969"/>
+    <w:rsid w:val="00CF7C58"/>
+    <w:rsid w:val="00EB2434"/>
+    <w:rsid w:val="00F3714B"/>
+    <w:rsid w:val="00F64A14"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-CR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0F1D901B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{50051D78-AB76-469C-A706-F65763F593C6}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="es-CR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -1314,50 +1078,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Ttulo9Car"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00C6348D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
     <w:name w:val="Título 1 Car"/>
@@ -2008,69 +1773,69 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>235</Words>
-  <Characters>1294</Characters>
+  <Words>174</Words>
+  <Characters>1003</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>37</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1526</CharactersWithSpaces>
+  <CharactersWithSpaces>1159</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>DARLING LAGUNA OBANDO</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>